--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -10,86 +10,276 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1232" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1337" uniqueCount="587">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2473</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portarias</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2473/portaria_no_11.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONDUZIR_x000D_
+VEÍCULO OFICIAL DA CÃMARA MUNICIPAL, E DÁ_x000D_
+OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2472</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2472/portaria_nao_10.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DA_x000D_
+SERVIDOR SR. RODOLFO DE ARAÚJO_x000D_
+BARRIS DO EMPREGO PÚBLICO DE_x000D_
+PROVIMENTO EM COMISSÃO DE CHEFE_x000D_
+DE GABINETE E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2471</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2471/portaria_nao_09.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DA SERVIDORA SIMONE DE SOUZA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE DIRETOR DE ASSUNTOS FINANCEIROS, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>2470</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2470/portarias-8.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DA SERVIDORA CAROLINA VIVIANI DE CASTRO DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE DIRETOR DE ASSUNTOS LEGISLATIVOS E CIDADANIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2469</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2469/portarias-7.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DA SERVIDORA CAROLINA APARECIDA RAMOS DA COSTA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE DIRETOR DE ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2468</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2468/portarias-6.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DA SERVIDORA EMANUELA CAMARGO DE LIMA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE SECRETÁRIA LEGISLATIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2467</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2467/portarias-5.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DO SERVIDOR TIAGO RODRIGUES DE SOUZA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE ASSESSOR DA MESA DIRETORA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2466</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2466/portarias-4.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DO SERVIDOR JAMIL GONÇALVES HEDJAZE DIEGUES DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE ASSESSOR PARLAMENTAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2465</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2465/portarias-3.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DO SERVIDOR GUILHERME GONÇALVES BARBOSADE OLIVEIRA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE ASSESSOR PARLAMENTAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2464</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2464/portarias-2.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DA SERVIDORA STEFANI MATEUS VEIGA DE SOUSA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE CHEFE DE GABINETE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2463</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2463/portarias-1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXONERAÇÃO DA SERVIDORA NEUSA CAROLINA ROCHA CARVALHO DE PAULA DO EMPREGO PÚBLICO DE PROVIMENTO EM COMISSÃO DE DIRETORA DO RECURSOS HUMANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2462</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2462/portaria_n40_-_nomeacao_pregoeiro_e_equipe.doc.pdf</t>
+  </si>
+  <si>
+    <t>DESIGNA O PREGOEIRO, BEM COMO A EQUIPE DE APOIO PARA OS PROCEDIMENTOS LICITATÓRIOS NAS MODALIDADES DE PREGÃO E CONCORRÊNCIA DA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2457</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2457/portaria_no39_-_zelador.doc.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DE ALEX SANDRO DE OLIVEIRA PARA O EMPREGO PÚBLICO DE PROVIMENTO  EFETIVO DE ZELADOR DA CÂMARA MUNICIPAL DE IGUAPE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2455</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2455/portaria_no38_-_procurador_juridico.doc.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DE PEDRO ALTAIR DE BARROS JOAQUIM PARA O EMPREGO PÚBLICO DE PROVIMENTO  EFETIVO DE PROCURADOR JURÍDICO DA CÂMARA MUNICIPAL DE IGUAPE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2454</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2454/portaria_no_37_-_autorizando_conduzir_veiculo.docx.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONDUZIR ​VEÍCULO OFICIAL DA CÃMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>2450</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>36</t>
-  </si>
-[...4 lines deleted...]
-    <t>Portarias</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_36.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE_x000D_
 SERVIDORES PARA ATUAREM COMO_x000D_
 FISCAL NO PROCESSO DE GESTÃO E_x000D_
 FISCALIZAÇÃO DO CONTRATO PELA_x000D_
 LEI FEDERAL Nº 14.133/2021 E ORIENTA.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2432/portaria_no_35_de_9_de_outubro_de_2025_-_exoneracao_gabriel.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DO_x000D_
 SERVIDOR GABRIEL RAMALHO COLAÇO_x000D_
 DO EMPREGO PÚBLICO DE AUXILIAR DE_x000D_
 SERVIÇOS GERAIS DA CÂMARA_x000D_
@@ -394,200 +584,167 @@
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2402/portaria_no13_de_11_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA PORTARIA_x000D_
 Nº03 DE 28 DE FEVEREIRO DE 2025, QUE DISPÕE_x000D_
 SOBRE DESIGNAÇÃO DE SERVIDORES PARA_x000D_
 ATUAREM COMO GESTOR E FISCAL NO_x000D_
 PROCESSO DE GESTÃO E FISCALIZAÇÃO DO_x000D_
 CONTRATO PELA LEI FEDERAL Nº14.133/2021 E_x000D_
 ORIENTA.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2401/portaria-de-gestor-e-fiscal-de-contrato_04.2025_1.pdf</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2399/portaria_no11_de_24_de_fevereiro_de_2025_.pdf</t>
   </si>
   <si>
     <t>DESIGNA O PREGOEIRO, BEM COMO A_x000D_
 EQUIPE DE APOIO PARA O PROCEDIMENTO_x000D_
 LICITATÓRIO NA MODALIDADE PREGÃO DA_x000D_
 CÂMARA MUNICIPAL DE IGUAPE, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2398/portaria_de_nomeacao_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE EMANUELA_x000D_
 CAMARGO DE LIMA PARA O EMPREGO_x000D_
 PÚBLICO DE PROVIMENTO EM COMISSÃO_x000D_
 DE SECRETÁRIA DO LEGISLATIVO, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2397/portaria_de_nomeacao_09.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE GUILHERME_x000D_
 GONÇALVES BARBOSA DE OLIVEIRA PARA O_x000D_
 EMPREGO PÚBLICO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2396</t>
-  </si>
-[...1 lines deleted...]
-    <t>8</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2396/portaria_de_exoneracao_08_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 GUILHERME GONÇALVES BARBOSA DE_x000D_
 OLIVEIRA DO EMPREGO PÚBLICO DE_x000D_
 PROVIMENTO EM COMISSÃO DE SECRETÁRIO_x000D_
 DO LEGISLATIVO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2395/portaria_de_exoneracao_07_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO A PEDIDO DE_x000D_
 LARISSA SAIYURI YAMAMOTO RODRIGUES DO_x000D_
 EMPREGO PÚBLICO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSORA PARLAMENTAR, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2393</t>
-  </si>
-[...1 lines deleted...]
-    <t>6</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2393/portaria_no06_de_10_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE TIAGO_x000D_
 RODRIGUES DE SOUZA PARA O EMPREGO_x000D_
 PÚBLICO DE PROVIMENTO EM COMISSÃO_x000D_
 DE ASSESSOR DA MESA DIRETORA DA_x000D_
 CÂMARA MUNICIPAL DE IGUAPE, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2392/portaria_de_exoneracao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE KAMILA_x000D_
 CHRISTINE CORREA ARNOLD PARA O_x000D_
 EMPREGO PÚBLICO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR DA MESA DIRETORA,_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2391</t>
-  </si>
-[...1 lines deleted...]
-    <t>4</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no04_de_05_de_fevereiro_de_2025_-_procurador_juridico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE JOÃO_x000D_
 LUCAS DE MOURA LEITE PARA O_x000D_
 EMPREGO PÚBLICO DE PROVIMENTO_x000D_
 EFETIVO DE PROCURADOR JURÍDICO DA_x000D_
 CÂMARA MUNICIPAL DE IGUAPE, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2390/portaria-de-gestor-e-fiscal-de-contrato_03.2025.pdf</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2389/portaria-de-gestor-e-fiscal-de-contrato_02.2025.docx.pdf</t>
   </si>
   <si>
     <t>2388</t>
-  </si>
-[...1 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2388/_portaria-de-gestor-e-fiscal-de-contrato_01.2025.docx.pdf</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2366/portaria_34_2024_-_nilton_contrato_15.pdf</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2321/portaria_33_de_07_de_setembro_de_2024.pdf</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2267/portaria_32.pdf</t>
   </si>
@@ -876,53 +1033,50 @@
   <si>
     <t>257</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/257/portaria_no_02_2024_controladora_interna.pdf</t>
   </si>
   <si>
     <t>DISPÕE	SOBRE		A	NOMEAÇÃO	DE BRIZA CRISTINA SERIO VIEIRA MARTINS PARA O EMPREGO PÚBLICO DE PROVIMENTO	EFETIVO	DE CONTROLADORA INTERNA DA CÂMARA MUNICIPAL DE IGUAPE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/256/portaria_no_01_2024_procuradora_juridica.pdf</t>
   </si>
   <si>
     <t>DISPÕE	SOBRE		A	NOMEAÇÃO	DE MARIA LUIZA GONÇALVES ARTEIRO PARA O EMPREGO PÚBLICO DE PROVIMENTO	EFETIVO	DE PROCURADORA JURÍDICA DA CÂMARA MUNICIPAL DE IGUAPE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/225/portaria_37_de_10_de_julho_de_2023.pdf</t>
   </si>
   <si>
     <t>PORTARIA Nº 37, DE 10 DE JULHO DE 2023. REGULAMENTA O USO DAS DEPENDÊNCIAS DO PLENÁRIO DA CÂMARA MUNICIPAL DE IGUAPE/SP.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/224/portaria_36_de_07_de_julho_de_20231.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE FUNCIONÁRIO RESPONSÁVEL PELO ALMOXARIFADO DA CÃMARA MUNICIPAL DE IGUAPE.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/223/portaria_35_de_20_de_junho_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA PORTARIA Nº25 DE 22 DE MARÇO DE 2023 QUE AUTORIZAVA CONDUZIR VEÍCULO OFICIAL DA CÃMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>222</t>
@@ -1386,86 +1540,77 @@
 PROVIMENTO EM COMISSÃO DE _x000D_
 ASSESSOR PARLAMENTAR, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/120/portaria_cmi_41.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE ELIANE _x000D_
 PACHECO DOS SANTOS LISBOA, PARA O _x000D_
 EMPREGO PÚBLICO DE PROVIMENTO _x000D_
 EM COMISSÃO DE DIRETOR DE _x000D_
 ADMINISTRAÇÃO, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/119/portaria_cmi_40.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE JOSÉ _x000D_
 LUIS BARBOSA MANCIO PARA O _x000D_
 EMPREGO PÚBLICO DE PROVIMENTO _x000D_
 EM COMISSÃO DE SECRETÁRIO _x000D_
 LEGISLATIVO, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>118</t>
-  </si>
-[...1 lines deleted...]
-    <t>39</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/118/portaria_cmi_39.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE NEUSA _x000D_
 CAROLINA ROCHA CARVALHO DE _x000D_
 PAULA PARA O EMPREGO PÚBLICO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 DIRETOR FINANCEIRO E _x000D_
 ORÇAMENTÁRIO, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
-  </si>
-[...1 lines deleted...]
-    <t>38</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/117/portaria_cmi_38.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 PÉRICLES PEREIRA RAMOS PARA O _x000D_
 EMPREGO PÚBLICO DE PROVIMENTO _x000D_
 EM COMISSÃO DE CHEFE DE GABINETE, _x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/116/portaria_cmi_37.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE _x000D_
 ELIANE PACHECO DOS SANTOS LISBOA _x000D_
 DO EMPREGO PÚBLICO DE PROVIMENTO _x000D_
 EM COMISSÃO DE DIRETOR _x000D_
 ADMINISTRATIVO FINANCEIRO, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -2397,56 +2542,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_36.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2432/portaria_no_35_de_9_de_outubro_de_2025_-_exoneracao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2431/portaria_34.docx.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2430/portaria_33.docx.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2429/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2428/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2427/portaria_no_30_de_16_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no29_de_16_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no28_de_03_de_setembro_de_2025_-_exoneracao_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_27_nomeacao_-_jamil.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2421/portaria_no_26_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2420/gestor_e_fiscal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2418/portaria_-_ouvidor.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2417/portaria_de_exoneracao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_nomeacao_-_carolina_viviani.pdf.docx.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2413/portaria_no21_de_27_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2414/portaria_no20_de_27_de_maio_-_exoneracao_-_diretor_administrativo_.pdf.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2412/portaria_no19_de_21_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2409/portaria_no18_de_08_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2407/portaria_no17_de_28_marco_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2406/portaria_no16_de_21_de_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2404/portaria_no15_de_12_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2403/portaria_no14_de_11_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2402/portaria_no13_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2401/portaria-de-gestor-e-fiscal-de-contrato_04.2025_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2399/portaria_no11_de_24_de_fevereiro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2398/portaria_de_nomeacao_10.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2397/portaria_de_nomeacao_09.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2396/portaria_de_exoneracao_08_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2395/portaria_de_exoneracao_07_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2393/portaria_no06_de_10_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2392/portaria_de_exoneracao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no04_de_05_de_fevereiro_de_2025_-_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2390/portaria-de-gestor-e-fiscal-de-contrato_03.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2389/portaria-de-gestor-e-fiscal-de-contrato_02.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2388/_portaria-de-gestor-e-fiscal-de-contrato_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2366/portaria_34_2024_-_nilton_contrato_15.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2321/portaria_33_de_07_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2267/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2266/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2133/portaria_30_de_23_de_setembro_de_2024.docx.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1986/portaria-de-gestor-e-fiscal-de-contrato_011.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1687/portaria-de-gestor-e-fiscal-de-contrato_009.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1655/portaria_larissa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1538/portaria_no_26-24.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1477/portaria.docx.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1474/portaria_24-24.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1473/portaria_23.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1469/portaria_no22_de_02_de_julho_de_2024_-_nomeacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1466/portaria_stefany.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1467/portaria_no20_de_01_de_julho_de_2024_-_exoneracao_jose.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1465/portaria_no19_de_11_de_junho_de_2024.docx.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1464/portaria_18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1461/portaria_no17_de_27_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1458/portaria_no16_de_23_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1457/portaria_no15_de_22_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1430/portaria_no14_de_08_de_maio_de_2024_-_exoneracao_leonardo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1416/portaria_13.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1154/portaria_no12_de_09_de_abril_de_2024_-_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/909/portaria_11_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/828/portaria_10_motorista_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/827/portaria_no_09_2024_recepcionista_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no08_de_22_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no07_de_22_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/563/portaria_no04_de_05_de_marco_de_2024_-_vereador_wagner_benedito.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/261/portaria_no05_de_02_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/260/portaria_04_2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/258/portaria_no_03_-_24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/257/portaria_no_02_2024_controladora_interna.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/256/portaria_no_01_2024_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/225/portaria_37_de_10_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/224/portaria_36_de_07_de_julho_de_20231.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/223/portaria_35_de_20_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/222/portaria_no_034_2023_-_comissaoconcurso.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/217/portaria_no_033_uso_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/216/portaria_no_032_2023_assessor_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/215/portaria_no_31_carro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/214/portaria_n_30.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/213/portaria_no_29_de_11_de_maio_assessora_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/211/downloadfile9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_27_-_23.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/206/portaria_26_nomeacao_ouvidora_taynara.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/205/portaria_25_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_vereadores.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/204/portaria_24_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_k2_3.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/203/downloadfile7.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/202/portaria_22_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_wagner_benedito.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/200/portaria_21_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_macau.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/199/portaria_20_-_gratificacao_zeli.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/198/portaria_19_-_nomeacao_stefani.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/197/portaria_18_-_nomeacao_taynara.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/196/portaria_17_-_nomeacao_li.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/195/portaria_16_-_nomeacao_bina1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/194/portaria_15_-_nomeacao_patricia.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/193/portaria_14_-_nomeacao_jose.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/192/portaria_13_-_nomeacao_carol.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/191/portaria_12_-_nomeacao_k2.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/190/portaria_no_11_exoneracao_jose.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/189/portaria_no_10_exoneracao_leonardo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/188/portaria_no_9_exoneracao_sabrina.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/187/portaria_no_8_exoneracao_patricia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/186/portaria_no_7_exoneracao_neusa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/185/portaria_no_6_exoneracao_eliane.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/184/downloadfile6.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/180/portaria_no_04-23_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/179/portaria_no_03-23_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/176/portaria_02_-_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/175/portaria_01.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/159/portaria_no_53_-_nomeacao_sabrina_1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/158/portaria_no_52_-_dispoe_sobre_retificacao_de_portaria_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/157/portaria_no_51.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/155/portaria_no_50_-_dispoe_sobre_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_49_-_dispoe_sobre_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/144/portaria_no_48_-_dispoe_sobre_designacao_de_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/132/portaria_47.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/129/portaria_46.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/128/portaria_45.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/127/portaria_44.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/122/portaria_cmi_43.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/121/portaria_cmi_42.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/120/portaria_cmi_41.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/119/portaria_cmi_40.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/118/portaria_cmi_39.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/117/portaria_cmi_38.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/116/portaria_cmi_37.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/115/portaria_cmi_36.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/114/portaria_cmi_35.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/113/portaria_cmi_34.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/112/portaria_cmi_33.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/111/portaria_cmi_32.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/110/portaria_cmi_31.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/107/portaria_30_cmi.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/104/portaria_29_cmi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/102/portaria_no_28_de_22_de_fevereiro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/101/portaria_27_11022022_cmi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/99/portaria_26_cmi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/98/portaria_25_cmi.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/97/portaria_24_cmi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/84/portaria_23_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/83/portaria_n._22_-_dispoe_sobre_designacao_para_conselho_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/76/portaria_21_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/75/portaria_20_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/74/portaria_19_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/73/portaria_18_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/72/portaria_17_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/58/portaria_cmi_16_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/57/portaria_cmi_15_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/87/portaria_014_cmi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/54/portaria_cmi_13_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/53/portaria_cmi_12_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/44/portaria_cmi_11_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/43/portaria_cmi_10_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/47/portaria_cmi_09_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/46/portaria_cmi_08_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/45/portaria_cmi_07_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/86/portaria_06_cmi.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/49/portaria_cmi_05_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/51/portaria_cmi_04_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/85/portaria_03_cmi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/48/portaria_cmi_02_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/50/portaria_cmi_01_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/41/portaria_n._46_-_dispoe_sobre_exoneracao_de_ivan_da_costa_ribeiro_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/40/portaria_n._45_-_dispoe_sobre_exoneracao_de_jose_augusto_regio_costa_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/39/portaria_n._44_-_dispoe_sobre_exoneracao_de_elisangela_barreiros_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/38/portaria_n._43_-_dispoe_sobre_exoneracao_de_tatiana_papadopoulos_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/37/portaria_n._42_-_dispoe_sobre_exoneracao_de_edson_luiz_novais_machado_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/36/portaria_n._41_-_dispoe_sobre_exoneracao_de_jose_luiz_batalha_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/16/portaria_n._33.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/15/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/14/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/6/portaria_no_30_de_22-01-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/5/portaria_no_29_de_22-01-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/1/portaria_n._28_-_dispoe_sobre_concessao_de_ferias__de_e_nyO5j2F.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/3/portaria_n._27_-_dispoe_sobre_concessao_de_ferias__de_t_FHT31CO.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/2/portaria_n._26_-_dispoe_sobre_concessao_de_ferias__de_t_S7HvznM.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2473/portaria_no_11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2472/portaria_nao_10.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2471/portaria_nao_09.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2470/portarias-8.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2469/portarias-7.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2468/portarias-6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2467/portarias-5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2466/portarias-4.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2465/portarias-3.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2464/portarias-2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2463/portarias-1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2026/2462/portaria_n40_-_nomeacao_pregoeiro_e_equipe.doc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2457/portaria_no39_-_zelador.doc.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2455/portaria_no38_-_procurador_juridico.doc.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2454/portaria_no_37_-_autorizando_conduzir_veiculo.docx.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_36.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2432/portaria_no_35_de_9_de_outubro_de_2025_-_exoneracao_gabriel.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2431/portaria_34.docx.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2430/portaria_33.docx.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2429/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2428/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2427/portaria_no_30_de_16_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no29_de_16_de_setembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no28_de_03_de_setembro_de_2025_-_exoneracao_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_27_nomeacao_-_jamil.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2421/portaria_no_26_de_12_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2420/gestor_e_fiscal.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2418/portaria_-_ouvidor.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2417/portaria_de_exoneracao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_nomeacao_-_carolina_viviani.pdf.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2413/portaria_no21_de_27_de_maio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2414/portaria_no20_de_27_de_maio_-_exoneracao_-_diretor_administrativo_.pdf.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2412/portaria_no19_de_21_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2409/portaria_no18_de_08_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2407/portaria_no17_de_28_marco_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2406/portaria_no16_de_21_de_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2404/portaria_no15_de_12_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2403/portaria_no14_de_11_marco_de_2025..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2402/portaria_no13_de_11_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2401/portaria-de-gestor-e-fiscal-de-contrato_04.2025_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2399/portaria_no11_de_24_de_fevereiro_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2398/portaria_de_nomeacao_10.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2397/portaria_de_nomeacao_09.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2396/portaria_de_exoneracao_08_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2395/portaria_de_exoneracao_07_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2393/portaria_no06_de_10_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2392/portaria_de_exoneracao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no04_de_05_de_fevereiro_de_2025_-_procurador_juridico.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2390/portaria-de-gestor-e-fiscal-de-contrato_03.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2389/portaria-de-gestor-e-fiscal-de-contrato_02.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2025/2388/_portaria-de-gestor-e-fiscal-de-contrato_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2366/portaria_34_2024_-_nilton_contrato_15.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2321/portaria_33_de_07_de_setembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2267/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2266/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/2133/portaria_30_de_23_de_setembro_de_2024.docx.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1986/portaria-de-gestor-e-fiscal-de-contrato_011.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1687/portaria-de-gestor-e-fiscal-de-contrato_009.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1655/portaria_larissa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1538/portaria_no_26-24.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1477/portaria.docx.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1474/portaria_24-24.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1473/portaria_23.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1469/portaria_no22_de_02_de_julho_de_2024_-_nomeacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1466/portaria_stefany.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1467/portaria_no20_de_01_de_julho_de_2024_-_exoneracao_jose.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1465/portaria_no19_de_11_de_junho_de_2024.docx.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1464/portaria_18.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1461/portaria_no17_de_27_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1458/portaria_no16_de_23_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1457/portaria_no15_de_22_de_maio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1430/portaria_no14_de_08_de_maio_de_2024_-_exoneracao_leonardo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1416/portaria_13.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/1154/portaria_no12_de_09_de_abril_de_2024_-_pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/909/portaria_11_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/828/portaria_10_motorista_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/827/portaria_no_09_2024_recepcionista_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no08_de_22_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no07_de_22_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/563/portaria_no04_de_05_de_marco_de_2024_-_vereador_wagner_benedito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/261/portaria_no05_de_02_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/260/portaria_04_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/258/portaria_no_03_-_24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/257/portaria_no_02_2024_controladora_interna.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2024/256/portaria_no_01_2024_procuradora_juridica.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/225/portaria_37_de_10_de_julho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/224/portaria_36_de_07_de_julho_de_20231.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/223/portaria_35_de_20_de_junho_de_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/222/portaria_no_034_2023_-_comissaoconcurso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/217/portaria_no_033_uso_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/216/portaria_no_032_2023_assessor_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/215/portaria_no_31_carro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/214/portaria_n_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/213/portaria_no_29_de_11_de_maio_assessora_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/211/downloadfile9.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_27_-_23.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/206/portaria_26_nomeacao_ouvidora_taynara.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/205/portaria_25_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_vereadores.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/204/portaria_24_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_k2_3.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/203/downloadfile7.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/202/portaria_22_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_wagner_benedito.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/200/portaria_21_-_dispoe_sobre_a_utilizacao_de_veiculo_oficial_macau.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/199/portaria_20_-_gratificacao_zeli.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/198/portaria_19_-_nomeacao_stefani.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/197/portaria_18_-_nomeacao_taynara.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/196/portaria_17_-_nomeacao_li.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/195/portaria_16_-_nomeacao_bina1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/194/portaria_15_-_nomeacao_patricia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/193/portaria_14_-_nomeacao_jose.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/192/portaria_13_-_nomeacao_carol.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/191/portaria_12_-_nomeacao_k2.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/190/portaria_no_11_exoneracao_jose.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/189/portaria_no_10_exoneracao_leonardo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/188/portaria_no_9_exoneracao_sabrina.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/187/portaria_no_8_exoneracao_patricia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/186/portaria_no_7_exoneracao_neusa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/185/portaria_no_6_exoneracao_eliane.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/184/downloadfile6.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/180/portaria_no_04-23_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/179/portaria_no_03-23_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/176/portaria_02_-_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2023/175/portaria_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/159/portaria_no_53_-_nomeacao_sabrina_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/158/portaria_no_52_-_dispoe_sobre_retificacao_de_portaria_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/157/portaria_no_51.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/155/portaria_no_50_-_dispoe_sobre_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_49_-_dispoe_sobre_de_funcao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/144/portaria_no_48_-_dispoe_sobre_designacao_de_comissao_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/132/portaria_47.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/129/portaria_46.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/128/portaria_45.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/127/portaria_44.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/122/portaria_cmi_43.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/121/portaria_cmi_42.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/120/portaria_cmi_41.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/119/portaria_cmi_40.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/118/portaria_cmi_39.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/117/portaria_cmi_38.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/116/portaria_cmi_37.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/115/portaria_cmi_36.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/114/portaria_cmi_35.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/113/portaria_cmi_34.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/112/portaria_cmi_33.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/111/portaria_cmi_32.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/110/portaria_cmi_31.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/107/portaria_30_cmi.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/104/portaria_29_cmi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/102/portaria_no_28_de_22_de_fevereiro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/101/portaria_27_11022022_cmi.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/99/portaria_26_cmi.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/98/portaria_25_cmi.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2022/97/portaria_24_cmi.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/84/portaria_23_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/83/portaria_n._22_-_dispoe_sobre_designacao_para_conselho_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/76/portaria_21_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/75/portaria_20_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/74/portaria_19_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/73/portaria_18_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/72/portaria_17_2021_cmi.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/58/portaria_cmi_16_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/57/portaria_cmi_15_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/87/portaria_014_cmi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/54/portaria_cmi_13_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/53/portaria_cmi_12_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/44/portaria_cmi_11_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/43/portaria_cmi_10_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/47/portaria_cmi_09_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/46/portaria_cmi_08_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/45/portaria_cmi_07_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/86/portaria_06_cmi.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/49/portaria_cmi_05_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/51/portaria_cmi_04_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/85/portaria_03_cmi.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/48/portaria_cmi_02_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2021/50/portaria_cmi_01_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/41/portaria_n._46_-_dispoe_sobre_exoneracao_de_ivan_da_costa_ribeiro_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/40/portaria_n._45_-_dispoe_sobre_exoneracao_de_jose_augusto_regio_costa_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/39/portaria_n._44_-_dispoe_sobre_exoneracao_de_elisangela_barreiros_1.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/38/portaria_n._43_-_dispoe_sobre_exoneracao_de_tatiana_papadopoulos_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/37/portaria_n._42_-_dispoe_sobre_exoneracao_de_edson_luiz_novais_machado_1.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/36/portaria_n._41_-_dispoe_sobre_exoneracao_de_jose_luiz_batalha_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/16/portaria_n._33.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/15/portaria_32.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/14/portaria_31.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/6/portaria_no_30_de_22-01-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/5/portaria_no_29_de_22-01-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/1/portaria_n._28_-_dispoe_sobre_concessao_de_ferias__de_e_nyO5j2F.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/3/portaria_n._27_-_dispoe_sobre_concessao_de_ferias__de_t_FHT31CO.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iguape.sp.leg.br/media/sapl/public/normajuridica/2020/2/portaria_n._26_-_dispoe_sobre_concessao_de_ferias__de_t_S7HvznM.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G176"/>
+  <dimension ref="A1:G191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="141.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2528,3984 +2673,4329 @@
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G21" t="s">
         <v>82</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G23" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G24" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="G26" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C27" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G30" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B31" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C31" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C32" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="G32" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C33" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C34" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="G34" t="s">
-        <v>134</v>
+        <v>82</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C35" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G35" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C36" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G36" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C37" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G37" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="G38" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C39" t="s">
-        <v>23</v>
+        <v>154</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="G39" t="s">
-        <v>88</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C40" t="s">
-        <v>26</v>
+        <v>158</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="G40" t="s">
-        <v>31</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="B41" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>162</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="G41" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="G42" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C43" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="G43" t="s">
-        <v>31</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C44" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="G44" t="s">
-        <v>31</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="B45" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C45" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="G45" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="B46" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C46" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="G46" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C47" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="G47" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C48" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="G48" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C49" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="G49" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C50" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="G50" t="s">
-        <v>177</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C51" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="G51" t="s">
-        <v>180</v>
+        <v>92</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C52" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="G52" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B53" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C53" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="G53" t="s">
-        <v>186</v>
+        <v>92</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="B54" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="G54" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C55" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="G55" t="s">
-        <v>192</v>
+        <v>92</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C56" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="G56" t="s">
-        <v>195</v>
+        <v>92</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B57" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C57" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G57" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C58" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="G58" t="s">
-        <v>201</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B59" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C59" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="G59" t="s">
-        <v>204</v>
+        <v>92</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C60" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="G60" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C61" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G61" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B62" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C62" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="G62" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B63" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C63" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="G63" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C64" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="G64" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="B65" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C65" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="G65" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B66" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C66" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="G66" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B67" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="G67" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B68" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C68" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="G68" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B69" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C69" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="G69" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C70" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="G70" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="C71" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="G71" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B72" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C72" t="s">
-        <v>243</v>
+        <v>151</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="G72" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B73" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>154</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="G73" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B74" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C74" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="G74" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B75" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C75" t="s">
-        <v>19</v>
+        <v>162</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="G75" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B76" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C76" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="G76" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B77" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C77" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="G77" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B78" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C78" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="G78" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B79" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C79" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G79" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B80" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C80" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="G80" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B81" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C81" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="G81" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B82" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C82" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="G82" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B83" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C83" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="G83" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B84" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C84" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="G84" t="s">
-        <v>257</v>
+        <v>284</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B85" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C85" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="G85" t="s">
-        <v>257</v>
+        <v>287</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B86" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C86" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="G86" t="s">
-        <v>257</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B87" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C87" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="G87" t="s">
-        <v>257</v>
+        <v>294</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="B88" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C88" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="G88" t="s">
-        <v>257</v>
+        <v>297</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="B89" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C89" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="G89" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
+        <v>301</v>
+      </c>
+      <c r="B90" t="s">
         <v>292</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="G90" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B91" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C91" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="G91" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="B92" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C92" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="G92" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="B93" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C93" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="G93" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B94" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C94" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="G94" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="B95" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C95" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="G95" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="B96" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C96" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="G96" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="B97" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C97" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="G97" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="B98" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C98" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="G98" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="B99" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C99" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="G99" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="B100" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C100" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="G100" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B101" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C101" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="G101" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B102" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C102" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="G102" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B103" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C103" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="G103" t="s">
-        <v>333</v>
+        <v>306</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B104" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C104" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="G104" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B105" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C105" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="G105" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B106" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C106" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="G106" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B107" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C107" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G107" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B108" t="s">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="C108" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="G108" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B109" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C109" t="s">
-        <v>351</v>
+        <v>151</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="G109" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B110" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C110" t="s">
-        <v>355</v>
+        <v>154</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="G110" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B111" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C111" t="s">
-        <v>359</v>
+        <v>158</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>360</v>
       </c>
       <c r="G111" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>362</v>
       </c>
       <c r="B112" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C112" t="s">
+        <v>162</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="D112" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="1" t="s">
+      <c r="G112" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>365</v>
+      </c>
+      <c r="B113" t="s">
+        <v>292</v>
+      </c>
+      <c r="C113" t="s">
+        <v>9</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="G113" t="s">
         <v>367</v>
-      </c>
-[...10 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>368</v>
+      </c>
+      <c r="B114" t="s">
+        <v>292</v>
+      </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="G114" t="s">
         <v>370</v>
-      </c>
-[...16 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B115" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C115" t="s">
-        <v>375</v>
+        <v>19</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="G115" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B116" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C116" t="s">
-        <v>379</v>
+        <v>23</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G116" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B117" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C117" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="G117" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B118" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C118" t="s">
-        <v>387</v>
+        <v>31</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="G118" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B119" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C119" t="s">
-        <v>391</v>
+        <v>35</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="G119" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="B120" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C120" t="s">
-        <v>395</v>
+        <v>39</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="G120" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="B121" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C121" t="s">
-        <v>399</v>
+        <v>43</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="G121" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="B122" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C122" t="s">
-        <v>403</v>
+        <v>47</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>404</v>
+        <v>393</v>
       </c>
       <c r="G122" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="B123" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="C123" t="s">
-        <v>407</v>
+        <v>51</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>408</v>
+        <v>396</v>
       </c>
       <c r="G123" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="B124" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C124" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="G124" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="B125" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C125" t="s">
-        <v>243</v>
+        <v>404</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="G125" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="B126" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C126" t="s">
-        <v>9</v>
+        <v>408</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="G126" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="B127" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C127" t="s">
-        <v>15</v>
+        <v>412</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="G127" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="B128" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C128" t="s">
-        <v>19</v>
+        <v>416</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="G128" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="B129" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C129" t="s">
-        <v>23</v>
+        <v>420</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="G129" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="B130" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C130" t="s">
-        <v>26</v>
+        <v>424</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="G130" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="B131" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C131" t="s">
-        <v>29</v>
+        <v>428</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="G131" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B132" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C132" t="s">
-        <v>33</v>
+        <v>432</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="G132" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
+        <v>435</v>
+      </c>
+      <c r="B133" t="s">
+        <v>399</v>
+      </c>
+      <c r="C133" t="s">
+        <v>436</v>
+      </c>
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="G133" t="s">
         <v>438</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>439</v>
+      </c>
+      <c r="B134" t="s">
+        <v>399</v>
+      </c>
+      <c r="C134" t="s">
+        <v>440</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
+        <v>11</v>
+      </c>
+      <c r="F134" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B134" t="s">
-[...11 lines deleted...]
-      <c r="F134" s="1" t="s">
+      <c r="G134" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
+        <v>443</v>
+      </c>
+      <c r="B135" t="s">
+        <v>399</v>
+      </c>
+      <c r="C135" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>445</v>
       </c>
       <c r="G135" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>447</v>
       </c>
       <c r="B136" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C136" t="s">
-        <v>49</v>
+        <v>448</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G136" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B137" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C137" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G137" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B138" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C138" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G138" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B139" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C139" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G139" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B140" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C140" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G140" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B141" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C141" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G141" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B142" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C142" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="G142" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B143" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C143" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G143" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B144" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C144" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G144" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B145" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C145" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G145" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B146" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C146" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="G146" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B147" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C147" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="G147" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B148" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C148" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G148" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B149" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C149" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="G149" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>351</v>
+        <v>490</v>
       </c>
       <c r="B150" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C150" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G150" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>387</v>
+        <v>493</v>
       </c>
       <c r="B151" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C151" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="G151" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>391</v>
+        <v>496</v>
       </c>
       <c r="B152" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C152" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="G152" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>375</v>
+        <v>499</v>
       </c>
       <c r="B153" t="s">
-        <v>456</v>
+        <v>399</v>
       </c>
       <c r="C153" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="G153" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>379</v>
+        <v>501</v>
       </c>
       <c r="B154" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C154" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="G154" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>383</v>
+        <v>505</v>
       </c>
       <c r="B155" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C155" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="G155" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="B156" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C156" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="G156" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>367</v>
+        <v>511</v>
       </c>
       <c r="B157" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C157" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="G157" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>359</v>
+        <v>514</v>
       </c>
       <c r="B158" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C158" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="G158" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="B159" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C159" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="G159" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>371</v>
+        <v>520</v>
       </c>
       <c r="B160" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C160" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="G160" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>363</v>
+        <v>523</v>
       </c>
       <c r="B161" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C161" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="G161" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>399</v>
+        <v>526</v>
       </c>
       <c r="B162" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C162" t="s">
-        <v>379</v>
+        <v>151</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="G162" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>403</v>
+        <v>529</v>
       </c>
       <c r="B163" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C163" t="s">
-        <v>383</v>
+        <v>154</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="G163" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>407</v>
+        <v>532</v>
       </c>
       <c r="B164" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C164" t="s">
-        <v>387</v>
+        <v>158</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
       <c r="G164" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="B165" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C165" t="s">
-        <v>391</v>
+        <v>162</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>519</v>
+        <v>535</v>
       </c>
       <c r="G165" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>243</v>
+        <v>436</v>
       </c>
       <c r="B166" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C166" t="s">
-        <v>395</v>
+        <v>9</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="G166" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>9</v>
+        <v>440</v>
       </c>
       <c r="B167" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C167" t="s">
-        <v>399</v>
+        <v>15</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
       <c r="G167" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>83</v>
+        <v>424</v>
       </c>
       <c r="B168" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C168" t="s">
         <v>19</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="G168" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>86</v>
+        <v>428</v>
       </c>
       <c r="B169" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C169" t="s">
         <v>23</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="G169" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>90</v>
+        <v>432</v>
       </c>
       <c r="B170" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C170" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="G170" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>93</v>
+        <v>544</v>
       </c>
       <c r="B171" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C171" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="G171" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>124</v>
+        <v>416</v>
       </c>
       <c r="B172" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C172" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>533</v>
+        <v>547</v>
       </c>
       <c r="G172" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>128</v>
+        <v>408</v>
       </c>
       <c r="B173" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C173" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="G173" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>142</v>
+        <v>551</v>
       </c>
       <c r="B174" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C174" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="G174" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>136</v>
+        <v>420</v>
       </c>
       <c r="B175" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C175" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="G175" t="s">
-        <v>446</v>
+        <v>555</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>139</v>
+        <v>412</v>
       </c>
       <c r="B176" t="s">
-        <v>512</v>
+        <v>502</v>
       </c>
       <c r="C176" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>540</v>
+        <v>556</v>
       </c>
       <c r="G176" t="s">
-        <v>538</v>
+        <v>557</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7">
+      <c r="A177" t="s">
+        <v>448</v>
+      </c>
+      <c r="B177" t="s">
+        <v>558</v>
+      </c>
+      <c r="C177" t="s">
+        <v>428</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="G177" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7">
+      <c r="A178" t="s">
+        <v>55</v>
+      </c>
+      <c r="B178" t="s">
+        <v>558</v>
+      </c>
+      <c r="C178" t="s">
+        <v>432</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="G178" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7">
+      <c r="A179" t="s">
+        <v>60</v>
+      </c>
+      <c r="B179" t="s">
+        <v>558</v>
+      </c>
+      <c r="C179" t="s">
+        <v>436</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="G179" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7">
+      <c r="A180" t="s">
+        <v>64</v>
+      </c>
+      <c r="B180" t="s">
+        <v>558</v>
+      </c>
+      <c r="C180" t="s">
+        <v>440</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="G180" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7">
+      <c r="A181" t="s">
+        <v>68</v>
+      </c>
+      <c r="B181" t="s">
+        <v>558</v>
+      </c>
+      <c r="C181" t="s">
+        <v>444</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="G181" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7">
+      <c r="A182" t="s">
+        <v>72</v>
+      </c>
+      <c r="B182" t="s">
+        <v>558</v>
+      </c>
+      <c r="C182" t="s">
+        <v>448</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="G182" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7">
+      <c r="A183" t="s">
+        <v>144</v>
+      </c>
+      <c r="B183" t="s">
+        <v>558</v>
+      </c>
+      <c r="C183" t="s">
+        <v>80</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
+        <v>11</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="G183" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7">
+      <c r="A184" t="s">
+        <v>147</v>
+      </c>
+      <c r="B184" t="s">
+        <v>558</v>
+      </c>
+      <c r="C184" t="s">
+        <v>84</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
+        <v>11</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="G184" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7">
+      <c r="A185" t="s">
+        <v>151</v>
+      </c>
+      <c r="B185" t="s">
+        <v>558</v>
+      </c>
+      <c r="C185" t="s">
+        <v>87</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="G185" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7">
+      <c r="A186" t="s">
+        <v>154</v>
+      </c>
+      <c r="B186" t="s">
+        <v>558</v>
+      </c>
+      <c r="C186" t="s">
+        <v>90</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
+        <v>11</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="G186" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7">
+      <c r="A187" t="s">
+        <v>31</v>
+      </c>
+      <c r="B187" t="s">
+        <v>558</v>
+      </c>
+      <c r="C187" t="s">
+        <v>94</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="G187" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7">
+      <c r="A188" t="s">
+        <v>35</v>
+      </c>
+      <c r="B188" t="s">
+        <v>558</v>
+      </c>
+      <c r="C188" t="s">
+        <v>98</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="G188" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7">
+      <c r="A189" t="s">
+        <v>51</v>
+      </c>
+      <c r="B189" t="s">
+        <v>558</v>
+      </c>
+      <c r="C189" t="s">
+        <v>102</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="G189" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7">
+      <c r="A190" t="s">
+        <v>43</v>
+      </c>
+      <c r="B190" t="s">
+        <v>558</v>
+      </c>
+      <c r="C190" t="s">
+        <v>106</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
+        <v>11</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="G190" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7">
+      <c r="A191" t="s">
+        <v>47</v>
+      </c>
+      <c r="B191" t="s">
+        <v>558</v>
+      </c>
+      <c r="C191" t="s">
+        <v>110</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="G191" t="s">
+        <v>584</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -6641,50 +7131,65 @@
     <hyperlink ref="F152" r:id="rId151"/>
     <hyperlink ref="F153" r:id="rId152"/>
     <hyperlink ref="F154" r:id="rId153"/>
     <hyperlink ref="F155" r:id="rId154"/>
     <hyperlink ref="F156" r:id="rId155"/>
     <hyperlink ref="F157" r:id="rId156"/>
     <hyperlink ref="F158" r:id="rId157"/>
     <hyperlink ref="F159" r:id="rId158"/>
     <hyperlink ref="F160" r:id="rId159"/>
     <hyperlink ref="F161" r:id="rId160"/>
     <hyperlink ref="F162" r:id="rId161"/>
     <hyperlink ref="F163" r:id="rId162"/>
     <hyperlink ref="F164" r:id="rId163"/>
     <hyperlink ref="F165" r:id="rId164"/>
     <hyperlink ref="F166" r:id="rId165"/>
     <hyperlink ref="F167" r:id="rId166"/>
     <hyperlink ref="F168" r:id="rId167"/>
     <hyperlink ref="F169" r:id="rId168"/>
     <hyperlink ref="F170" r:id="rId169"/>
     <hyperlink ref="F171" r:id="rId170"/>
     <hyperlink ref="F172" r:id="rId171"/>
     <hyperlink ref="F173" r:id="rId172"/>
     <hyperlink ref="F174" r:id="rId173"/>
     <hyperlink ref="F175" r:id="rId174"/>
     <hyperlink ref="F176" r:id="rId175"/>
+    <hyperlink ref="F177" r:id="rId176"/>
+    <hyperlink ref="F178" r:id="rId177"/>
+    <hyperlink ref="F179" r:id="rId178"/>
+    <hyperlink ref="F180" r:id="rId179"/>
+    <hyperlink ref="F181" r:id="rId180"/>
+    <hyperlink ref="F182" r:id="rId181"/>
+    <hyperlink ref="F183" r:id="rId182"/>
+    <hyperlink ref="F184" r:id="rId183"/>
+    <hyperlink ref="F185" r:id="rId184"/>
+    <hyperlink ref="F186" r:id="rId185"/>
+    <hyperlink ref="F187" r:id="rId186"/>
+    <hyperlink ref="F188" r:id="rId187"/>
+    <hyperlink ref="F189" r:id="rId188"/>
+    <hyperlink ref="F190" r:id="rId189"/>
+    <hyperlink ref="F191" r:id="rId190"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>